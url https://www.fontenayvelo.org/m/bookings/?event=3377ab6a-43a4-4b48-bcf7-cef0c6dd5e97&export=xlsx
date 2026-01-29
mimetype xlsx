--- v0 (2025-11-07)
+++ v1 (2026-01-29)
@@ -130,168 +130,116 @@
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E5"/>
+  <dimension ref="A1:E3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.53515625" defaultRowHeight="12.8" outlineLevelCol="0" outlineLevelRow="0" zeroHeight="false"/>
   <cols>
     <col collapsed="false" customWidth="true" hidden="false" max="1" min="1" outlineLevel="0" style="0" width="13.090909090909"/>
     <col collapsed="false" customWidth="true" hidden="false" max="2" min="2" outlineLevel="0" style="0" width="21.090909090909"/>
     <col collapsed="false" customWidth="true" hidden="false" max="3" min="3" outlineLevel="0" style="0" width="21.090909090909"/>
-    <col collapsed="false" customWidth="true" hidden="false" max="4" min="4" outlineLevel="0" style="0" width="23.636363636364"/>
+    <col collapsed="false" customWidth="true" hidden="false" max="4" min="4" outlineLevel="0" style="0" width="17.090909090909"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.8" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Date</t>
           </r>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Heure</t>
           </r>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Places restantes</t>
           </r>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Nom</t>
           </r>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.8" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>45969</v>
+        <v>46053</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">2025-11-08 14:00</t>
+            <t xml:space="preserve">2026-01-31 14:00</t>
           </r>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">4</t>
           </r>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Marie-Laure SOGNO</t>
-[...51 lines deleted...]
-            <t xml:space="preserve">Gleb Zubov</t>
+            <t xml:space="preserve">pierre Masson</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>KD2.org/TableToXLSX</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator/>
   <dc:description/>
   <dc:language>fr-FR</dc:language>
   <cp:lastModifiedBy/>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>