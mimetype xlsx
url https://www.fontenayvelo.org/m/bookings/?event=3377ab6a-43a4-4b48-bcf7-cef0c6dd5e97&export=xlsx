--- v1 (2026-01-29)
+++ v2 (2026-03-18)
@@ -130,116 +130,168 @@
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E3"/>
+  <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.53515625" defaultRowHeight="12.8" outlineLevelCol="0" outlineLevelRow="0" zeroHeight="false"/>
   <cols>
     <col collapsed="false" customWidth="true" hidden="false" max="1" min="1" outlineLevel="0" style="0" width="13.090909090909"/>
     <col collapsed="false" customWidth="true" hidden="false" max="2" min="2" outlineLevel="0" style="0" width="21.090909090909"/>
     <col collapsed="false" customWidth="true" hidden="false" max="3" min="3" outlineLevel="0" style="0" width="21.090909090909"/>
-    <col collapsed="false" customWidth="true" hidden="false" max="4" min="4" outlineLevel="0" style="0" width="17.090909090909"/>
+    <col collapsed="false" customWidth="true" hidden="false" max="4" min="4" outlineLevel="0" style="0" width="21.090909090909"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.8" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Date</t>
           </r>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Heure</t>
           </r>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Places restantes</t>
           </r>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Nom</t>
           </r>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.8" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>46053</v>
+        <v>46099</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">2026-01-31 14:00</t>
+            <t xml:space="preserve">2026-03-18 18:00</t>
           </r>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">3</t>
+          </r>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Franck Jousselin</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.8" outlineLevel="0" r="3">
+      <c r="A3" s="1" t="n">
+        <v>46099</v>
+      </c>
+      <c r="B3" s="0" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">2026-03-18 18:00</t>
+          </r>
+        </is>
+      </c>
+      <c r="C3" s="0" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">3</t>
+          </r>
+        </is>
+      </c>
+      <c r="D3" s="0" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Chloe Lallement</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.8" outlineLevel="0" r="4">
+      <c r="A4" s="1" t="n">
+        <v>46102</v>
+      </c>
+      <c r="B4" s="0" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">2026-03-21 14:00</t>
+          </r>
+        </is>
+      </c>
+      <c r="C4" s="0" t="inlineStr">
+        <is>
+          <r>
             <t xml:space="preserve">4</t>
           </r>
         </is>
       </c>
-      <c r="D2" s="0" t="inlineStr">
-[...2 lines deleted...]
-            <t xml:space="preserve">pierre Masson</t>
+      <c r="D4" s="0" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Denis Hermann</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>KD2.org/TableToXLSX</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator/>
   <dc:description/>
   <dc:language>fr-FR</dc:language>
   <cp:lastModifiedBy/>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>